--- v0 (2026-01-25)
+++ v1 (2026-03-27)
@@ -10,58 +10,58 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$2</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$D$80</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$D$84</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Wholesale Prices for Ofie Agro Products</t>
   </si>
   <si>
     <t>Contact Information</t>
   </si>
   <si>
     <t>Ghana Phone</t>
   </si>
   <si>
     <t>+233 55 042 5321</t>
   </si>
   <si>
     <t>UK Phone</t>
   </si>
   <si>
     <t>+44 7454 002768</t>
   </si>
   <si>
     <t>US Phone</t>
   </si>
   <si>
     <t>+1 (973) 216-7869</t>
   </si>
   <si>
@@ -73,83 +73,89 @@
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>www.ofiegroup.com</t>
   </si>
   <si>
     <t>Branded Gari</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Price (GHS)</t>
   </si>
   <si>
     <t>Valid Until</t>
   </si>
   <si>
     <t>Beetroot Gari 1kg - Branded</t>
   </si>
   <si>
+    <t>Dec 30, 2026</t>
+  </si>
+  <si>
+    <t>Beetroot Gari 2kg - Branded</t>
+  </si>
+  <si>
+    <t>Beetroot Gari 3kg - Branded</t>
+  </si>
+  <si>
+    <t>Beetroot Gari 5kg - Branded</t>
+  </si>
+  <si>
+    <t>Coconut Gari 1kg - Branded</t>
+  </si>
+  <si>
     <t>Jul 01, 2025</t>
   </si>
   <si>
-    <t>Beetroot Gari 2kg - Branded</t>
-[...10 lines deleted...]
-  <si>
     <t>Coconut Gari 2kg - Branded</t>
   </si>
   <si>
     <t>Coconut Gari 3kg - Branded</t>
   </si>
   <si>
     <t>Coconut Gari 5kg - Branded</t>
   </si>
   <si>
     <t>Regular Gari 1kg - Branded</t>
   </si>
   <si>
     <t>Regular Gari 2kg - Branded</t>
   </si>
   <si>
     <t>Regular Gari 3kg - Branded</t>
   </si>
   <si>
+    <t>Regular Gari 5kg - Branded</t>
+  </si>
+  <si>
     <t>Soy Gari 1kg - Branded</t>
   </si>
   <si>
     <t>Soy Gari 2kg - Branded</t>
   </si>
   <si>
     <t>Soy Gari 3kg - Branded</t>
   </si>
   <si>
     <t>Soy Gari 5kg - Branded</t>
   </si>
   <si>
     <t>Turmeric Gari 1kg - Branded</t>
   </si>
   <si>
     <t>Turmeric Gari 2kg - Branded</t>
   </si>
   <si>
     <t>Turmeric Gari 3kg - Branded</t>
   </si>
   <si>
     <t>Turmeric Gari 5kg - Branded</t>
   </si>
   <si>
     <t>Non-branded Gari</t>
@@ -217,72 +223,87 @@
   <si>
     <t>Dough &amp; Flour</t>
   </si>
   <si>
     <t>1kg Cassava dough</t>
   </si>
   <si>
     <t>1kg Cassava dough with soy</t>
   </si>
   <si>
     <t>1kg Cassava flour (Konkonte)</t>
   </si>
   <si>
     <t>Canned Products</t>
   </si>
   <si>
     <t>Garden eggs 800g - Canned</t>
   </si>
   <si>
     <t>Palm soup base 800g (Abenkwan) - Canned</t>
   </si>
   <si>
     <t>Turkey berries 800g (Abeduro) - Canned</t>
   </si>
   <si>
+    <t>Snacks</t>
+  </si>
+  <si>
+    <t>Honey Coco Delight 150g</t>
+  </si>
+  <si>
+    <t>Mar 11, 2027</t>
+  </si>
+  <si>
+    <t>Honey Spiced Coconut 150g</t>
+  </si>
+  <si>
+    <t>Honey Spiced Mango 150g</t>
+  </si>
+  <si>
+    <t>Plantain Chips 250g - Snacks</t>
+  </si>
+  <si>
+    <t>Tropical Temptations 150g</t>
+  </si>
+  <si>
     <t>Dried Fruits</t>
   </si>
   <si>
     <t>Mangoes 100g - Dried Fruits</t>
   </si>
   <si>
     <t>Pineapple 100g - Dried Fruits</t>
   </si>
   <si>
     <t>Palm Oil</t>
   </si>
   <si>
     <t>Palm Oil 1 ltr</t>
   </si>
   <si>
     <t>Palm Oil 500ml</t>
-  </si>
-[...4 lines deleted...]
-    <t>Plantain chips 250g - Snacks</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -721,54 +742,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D79"/>
+  <dimension ref="A1:D83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A79" sqref="A79:D79"/>
+      <selection activeCell="A83" sqref="A83:D83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="4" t="s">
         <v>2</v>
       </c>
@@ -851,864 +872,920 @@
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="7">
         <v>85.0</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="3">
-        <v>110.0</v>
+        <v>120.0</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="7">
-        <v>170.0</v>
+        <v>200.0</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="3">
         <v>45.0</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="7">
         <v>85.0</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="3">
         <v>110.0</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="7">
         <v>170.0</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="3">
-        <v>105.0</v>
+        <v>25.0</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="7">
-        <v>23.0</v>
+        <v>45.0</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="3">
-        <v>45.0</v>
+        <v>65.0</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="7">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="3">
         <v>45.0</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="7">
         <v>85.0</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="3">
         <v>110.0</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="7">
         <v>170.0</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="3">
         <v>45.0</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="7">
         <v>85.0</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="3">
         <v>110.0</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="7">
         <v>170.0</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C34" s="7">
         <v>35.0</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C35" s="3">
         <v>65.0</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C36" s="7">
         <v>90.0</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C37" s="3">
         <v>145.0</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C38" s="7">
         <v>35.0</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C39" s="3">
         <v>65.0</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C40" s="7">
         <v>90.0</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C41" s="3">
         <v>145.0</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="7" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C42" s="7">
         <v>20.0</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C43" s="3">
         <v>39.0</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="7" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C44" s="7">
         <v>57.0</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C45" s="3">
         <v>95.0</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="7" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C46" s="7">
         <v>35.0</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C47" s="3">
         <v>65.0</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="7" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C48" s="7">
         <v>90.0</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C49" s="3">
         <v>145.0</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="7" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C50" s="7">
         <v>35.0</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C51" s="3">
         <v>65.0</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C52" s="7">
         <v>90.0</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C53" s="3">
         <v>145.0</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C57" s="3">
-        <v>35.0</v>
+        <v>30.0</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B58" s="7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C58" s="7">
         <v>45.0</v>
       </c>
       <c r="D58" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C59" s="3">
         <v>30.0</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C63" s="3">
-        <v>45.0</v>
+        <v>35.0</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B64" s="7" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C64" s="7">
         <v>35.0</v>
       </c>
       <c r="D64" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C65" s="3">
-        <v>45.0</v>
+        <v>35.0</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C69" s="3">
-        <v>35.0</v>
+        <v>25.0</v>
       </c>
       <c r="D69" s="3" t="s">
-        <v>18</v>
+        <v>70</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B70" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="B70" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="7">
+        <v>25.0</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C71" s="3">
+        <v>25.0</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C72" s="7">
+        <v>25.0</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C73" s="3">
+        <v>25.0</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" s="5" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C77" s="3">
+        <v>25.0</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="C78" s="7">
+        <v>25.0</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" s="5" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="C82" s="7">
         <v>35.0</v>
       </c>
-      <c r="D70" s="7" t="s">
-[...43 lines deleted...]
-      <c r="C75" s="3">
+      <c r="D82" s="7" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C83" s="3">
         <v>20.0</v>
       </c>
-      <c r="D75" s="3" t="s">
-[...33 lines deleted...]
-        <v>18</v>
+      <c r="D83" s="3" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" formatCells="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A32:D32"/>
     <mergeCell ref="A55:D55"/>
     <mergeCell ref="A61:D61"/>
     <mergeCell ref="A67:D67"/>
-    <mergeCell ref="A72:D72"/>
-    <mergeCell ref="A77:D77"/>
+    <mergeCell ref="A75:D75"/>
+    <mergeCell ref="A80:D80"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;HOfie Agro Wholesale Prices</oddHeader>
     <oddFooter>&amp;C&amp;HPage &amp;P of &amp;N</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>